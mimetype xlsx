--- v0 (2026-01-13)
+++ v1 (2026-02-10)
@@ -33,86 +33,86 @@
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\foflx1\fof-efa\pubweb\staging\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C651F81-B213-4F22-B203-7FDF0F0AB2A7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BFE9EE2A-894F-4C0A-808D-E9437DA61FE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="6165" yWindow="-17070" windowWidth="38700" windowHeight="15105" tabRatio="839" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-735" yWindow="-20130" windowWidth="38700" windowHeight="15105" tabRatio="839" activeTab="21" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="About" sheetId="43" r:id="rId1"/>
     <sheet name="Sector List" sheetId="45" r:id="rId2"/>
     <sheet name="Instrument List" sheetId="1" r:id="rId3"/>
     <sheet name="30110" sheetId="5" r:id="rId4"/>
     <sheet name="40100" sheetId="42" r:id="rId5"/>
     <sheet name="30200" sheetId="37" r:id="rId6"/>
     <sheet name="30300" sheetId="10" r:id="rId7"/>
     <sheet name="30305" sheetId="7" r:id="rId8"/>
     <sheet name="20500" sheetId="12" r:id="rId9"/>
     <sheet name="30340" sheetId="11" r:id="rId10"/>
     <sheet name="30691" sheetId="13" r:id="rId11"/>
     <sheet name="30611" sheetId="14" r:id="rId12"/>
     <sheet name="30617" sheetId="15" r:id="rId13"/>
     <sheet name="30620" sheetId="16" r:id="rId14"/>
     <sheet name="30630" sheetId="17" r:id="rId15"/>
     <sheet name="30680" sheetId="18" r:id="rId16"/>
     <sheet name="30690" sheetId="38" r:id="rId17"/>
     <sheet name="30651" sheetId="20" r:id="rId18"/>
     <sheet name="30654" sheetId="21" r:id="rId19"/>
     <sheet name="30655" sheetId="22" r:id="rId20"/>
     <sheet name="30656" sheetId="23" r:id="rId21"/>
-    <sheet name="30660" sheetId="24" r:id="rId22"/>
-[...1 lines deleted...]
-    <sheet name="30641" sheetId="50" r:id="rId24"/>
+    <sheet name="30641" sheetId="50" r:id="rId22"/>
+    <sheet name="30660" sheetId="24" r:id="rId23"/>
+    <sheet name="30923" sheetId="47" r:id="rId24"/>
     <sheet name="30921" sheetId="46" r:id="rId25"/>
     <sheet name="30949" sheetId="49" r:id="rId26"/>
     <sheet name="30642" sheetId="26" r:id="rId27"/>
     <sheet name="30400" sheetId="28" r:id="rId28"/>
     <sheet name="30500" sheetId="29" r:id="rId29"/>
     <sheet name="30700" sheetId="27" r:id="rId30"/>
     <sheet name="30780" sheetId="30" r:id="rId31"/>
     <sheet name="30940" sheetId="33" r:id="rId32"/>
     <sheet name="30900" sheetId="34" r:id="rId33"/>
     <sheet name="30930" sheetId="35" r:id="rId34"/>
   </sheets>
   <definedNames>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY">10001</definedName>
     <definedName name="IQ_FWD_CY1">10002</definedName>
     <definedName name="IQ_FWD_CY2">10003</definedName>
     <definedName name="IQ_FWD_FY">1001</definedName>
     <definedName name="IQ_FWD_FY1">1002</definedName>
     <definedName name="IQ_FWD_FY2">1003</definedName>
     <definedName name="IQ_FWD_Q">501</definedName>
@@ -127,51 +127,51 @@
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_TODAY">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH">130000</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="230">
   <si>
     <t>Commercial Mortgages</t>
   </si>
   <si>
     <t>Consumer Credit</t>
   </si>
   <si>
     <t>Direct Investment</t>
   </si>
   <si>
     <t>Farm Mortgages</t>
   </si>
   <si>
     <t>Home Mortgages</t>
   </si>
   <si>
     <t>Municipal Securities</t>
   </si>
   <si>
     <t>Mutual Fund Shares</t>
   </si>
   <si>
     <t>Open Market Paper</t>
   </si>
   <si>
@@ -810,51 +810,57 @@
   <si>
     <t>Series Construction (excluding row 1 and column A)</t>
   </si>
   <si>
     <t>A solitary "x" in a cell indicates that the proportionality assumption should not assign anything to this cell</t>
   </si>
   <si>
     <t xml:space="preserve">A nine digit series codes (such as 7330400005) denote a series in the Financial Accounts of the United States. The values of this series are a starting point before proportionality assumptions are applied. </t>
   </si>
   <si>
     <t>The proportionality algorithm first takes into account all "known" relationships designated by cell syntax before calculating proportional values.</t>
   </si>
   <si>
     <t>A series code followed by "x" (such as 733040005 x) indicates that only that series values will be applied to the cell with no additional proportionality</t>
   </si>
   <si>
     <t>A series code followed by a date (such as 733040005 | 2020q1) indicates that the series begins at that date; full proportionality applies in prior periods</t>
   </si>
   <si>
     <t>A series code followed by an "x" and a date (such as 733040005 x | 2020q1) indicates that only the values of the series should be used beginning at that date; full proportionality applies in prior periods</t>
   </si>
   <si>
     <t>List the series that belong in a given cell, separated by " + " or " - " if applicable (such as 733040005 + 543140005). Begin with the series that are summed, and then list the series that are subtracted.</t>
   </si>
   <si>
-    <t>For September 19, 2025 Release</t>
+    <t>313064133 + 313064143</t>
+  </si>
+  <si>
+    <t>For January 9, 2026 Release</t>
+  </si>
+  <si>
+    <t>313064113 + 313064123</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -1345,59 +1351,59 @@
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.216" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.218" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.219" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.125" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.117" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.101" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.103" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.131" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.111" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.127" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.121" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.106" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.114" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.132" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.107" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/releases/z1/20221209/html/f8.htm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.133" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.128" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.122" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.115" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.129.m" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.109" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.113" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.126" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.130" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.124" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.116" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.112" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.104" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.220" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.221" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.222" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.224" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.223" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.222" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.224" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.223" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings25.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.225.a" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings26.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.225.b" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings27.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.226" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings28.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.228" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings29.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.229" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.225.b" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.218" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.211" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.202" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.226" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.207" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.231" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.219" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.212" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.203" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.222" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.213" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.209" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.223" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.221" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.229" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.220" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.204" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.228" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.215" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.205" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.225.a" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.235" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.210" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.224" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.230" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.234" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.216" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.206" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.200" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.233" TargetMode="External"/></Relationships>
 </file>
@@ -1428,51 +1434,51 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.203" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.204" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.205" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.202" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.207" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E553517D-84B1-4C58-B816-BF80D9416BE2}">
   <dimension ref="A1:D68"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="38.46484375" customWidth="1"/>
     <col min="2" max="2" width="57" style="4" customWidth="1"/>
     <col min="3" max="3" width="25" customWidth="1"/>
     <col min="4" max="1025" width="8.53125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A1" s="8" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A2" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A3" t="s">
         <v>104</v>
       </c>
@@ -1510,51 +1516,51 @@
     <row r="11" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A11" s="7" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A12" s="7" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A13" s="7" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A14" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="15" spans="1:1" ht="21.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="7"/>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A16" s="8" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="68" spans="4:4" x14ac:dyDescent="0.45">
       <c r="D68" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000INTERNAL FR/OFFICIAL USE // FRSONLY&amp;1#</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:C13"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="M5" sqref="M5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="8.53125" customWidth="1"/>
@@ -4979,50 +4985,329 @@
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.45">
       <c r="A12">
         <v>89</v>
       </c>
       <c r="B12">
         <v>183165603</v>
       </c>
       <c r="C12">
         <v>233165605</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" display="https://www.federalreserve.gov/apps/fof/DisplayTable.aspx?t=l.221" xr:uid="{18FC0DD4-7DB1-4F7C-B9FA-BE107F83C4F0}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000INTERNAL FR/OFFICIAL USE // FRSONLY&amp;1#</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB486F81-5E1B-4872-8D09-478DD6D0284B}">
+  <dimension ref="A1:N18"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="H5" sqref="H5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <cols>
+    <col min="2" max="2" width="20.06640625" customWidth="1"/>
+    <col min="3" max="7" width="9.796875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="20.06640625" customWidth="1"/>
+    <col min="9" max="9" width="9.796875" customWidth="1"/>
+    <col min="10" max="10" width="9.796875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="20.53125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="11.265625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="32.19921875" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="9.796875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A1" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="B1">
+        <v>10</v>
+      </c>
+      <c r="C1">
+        <v>76</v>
+      </c>
+      <c r="D1">
+        <v>51</v>
+      </c>
+      <c r="E1">
+        <v>54</v>
+      </c>
+      <c r="F1">
+        <v>55</v>
+      </c>
+      <c r="G1">
+        <v>56</v>
+      </c>
+      <c r="H1">
+        <v>42</v>
+      </c>
+      <c r="I1">
+        <v>64</v>
+      </c>
+      <c r="J1">
+        <v>66</v>
+      </c>
+      <c r="K1">
+        <v>73</v>
+      </c>
+      <c r="L1">
+        <v>50</v>
+      </c>
+      <c r="M1">
+        <v>26</v>
+      </c>
+      <c r="N1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A2">
+        <v>15</v>
+      </c>
+      <c r="N2">
+        <v>153064105</v>
+      </c>
+    </row>
+    <row r="3" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A3">
+        <v>10</v>
+      </c>
+      <c r="N3">
+        <v>103064103</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A4">
+        <v>21</v>
+      </c>
+      <c r="N4">
+        <v>213064103</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A5">
+        <v>31</v>
+      </c>
+      <c r="B5" t="s">
+        <v>227</v>
+      </c>
+      <c r="H5" t="s">
+        <v>229</v>
+      </c>
+      <c r="K5" t="s">
+        <v>203</v>
+      </c>
+      <c r="L5">
+        <v>313064153</v>
+      </c>
+      <c r="N5">
+        <v>313064105</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A6">
+        <v>71</v>
+      </c>
+      <c r="L6">
+        <v>713064103</v>
+      </c>
+      <c r="N6">
+        <v>713064103</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A7">
+        <v>76</v>
+      </c>
+      <c r="N7">
+        <v>763064103</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A8">
+        <v>75</v>
+      </c>
+      <c r="N8">
+        <v>753064103</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A9">
+        <v>51</v>
+      </c>
+      <c r="N9">
+        <v>513064105</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A10">
+        <v>54</v>
+      </c>
+      <c r="N10">
+        <v>543064105</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A11">
+        <v>59</v>
+      </c>
+      <c r="M11" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="N11">
+        <v>593064105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A12">
+        <v>65</v>
+      </c>
+      <c r="N12">
+        <v>653064100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A13">
+        <v>55</v>
+      </c>
+      <c r="M13">
+        <v>554092603</v>
+      </c>
+      <c r="N13">
+        <v>553064103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A14">
+        <v>56</v>
+      </c>
+      <c r="M14">
+        <v>564092603</v>
+      </c>
+      <c r="N14">
+        <v>563064100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A15">
+        <v>66</v>
+      </c>
+      <c r="N15">
+        <v>663064105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A16">
+        <v>50</v>
+      </c>
+      <c r="D16">
+        <v>713064103</v>
+      </c>
+      <c r="G16">
+        <v>503064113</v>
+      </c>
+      <c r="N16">
+        <v>503064105</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A17">
+        <v>26</v>
+      </c>
+      <c r="M17" t="s">
+        <v>11</v>
+      </c>
+      <c r="N17">
+        <v>263064105</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A18">
+        <v>89</v>
+      </c>
+      <c r="B18" s="1">
+        <v>103164105</v>
+      </c>
+      <c r="C18" s="1">
+        <v>763164105</v>
+      </c>
+      <c r="D18" s="1">
+        <v>513164105</v>
+      </c>
+      <c r="E18" s="1">
+        <v>543164175</v>
+      </c>
+      <c r="F18" s="1">
+        <v>554090005</v>
+      </c>
+      <c r="G18" s="1">
+        <v>564090005</v>
+      </c>
+      <c r="H18">
+        <v>403164105</v>
+      </c>
+      <c r="I18" s="1">
+        <v>643164105</v>
+      </c>
+      <c r="J18">
+        <v>663164105</v>
+      </c>
+      <c r="K18" s="1">
+        <v>733164105</v>
+      </c>
+      <c r="L18" s="21">
+        <v>503164105</v>
+      </c>
+      <c r="M18">
+        <v>263164100</v>
+      </c>
+    </row>
+  </sheetData>
+  <hyperlinks>
+    <hyperlink ref="A1" r:id="rId1" xr:uid="{A2E0D977-F64C-47DF-A74A-7BBB0BE1A095}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000INTERNAL FR/OFFICIAL USE // FRSONLY&amp;1#</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:C11"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="8.53125" customWidth="1"/>
     <col min="2" max="3" width="9.796875" customWidth="1"/>
     <col min="4" max="1025" width="8.53125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A1" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B1">
         <v>15</v>
       </c>
       <c r="C1">
         <v>89</v>
       </c>
     </row>
@@ -5123,51 +5408,51 @@
       </c>
       <c r="C10">
         <v>613066005</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A11">
         <v>89</v>
       </c>
       <c r="B11">
         <v>153166000</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" xr:uid="{B926EFFE-F392-48C3-A9BF-35E3026F0DA8}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000INTERNAL FR/OFFICIAL USE // FRSONLY&amp;1#</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C70C988F-00D9-42CB-AB72-CB79FCB49627}">
   <dimension ref="A1:L10"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="34.19921875" bestFit="1" customWidth="1"/>
     <col min="2" max="12" width="9.796875" customWidth="1"/>
     <col min="13" max="1026" width="8.53125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A1" s="10" t="s">
         <v>179</v>
       </c>
       <c r="B1">
         <v>10</v>
       </c>
       <c r="C1">
         <v>11</v>
       </c>
       <c r="D1">
@@ -5332,324 +5617,50 @@
       <c r="F10">
         <v>543192375</v>
       </c>
       <c r="G10">
         <v>613192305</v>
       </c>
       <c r="H10">
         <v>663192305</v>
       </c>
       <c r="I10">
         <v>733192305</v>
       </c>
       <c r="J10">
         <v>503192305</v>
       </c>
       <c r="K10">
         <v>263192305</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" xr:uid="{A97F41DD-6C6C-46D4-B437-8A25C86FBE80}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
-  <headerFooter>
-[...272 lines deleted...]
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000INTERNAL FR/OFFICIAL USE // FRSONLY&amp;1#</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{721B62FE-AA34-44B5-A472-E609D82492BE}">
   <dimension ref="A1:L10"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="8.53125" customWidth="1"/>
     <col min="2" max="12" width="9.796875" customWidth="1"/>
     <col min="13" max="1026" width="8.53125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A1" s="10" t="s">
         <v>2</v>
       </c>
@@ -9733,53 +9744,53 @@
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="34" baseType="lpstr">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Sector List</vt:lpstr>
       <vt:lpstr>Instrument List</vt:lpstr>
       <vt:lpstr>30110</vt:lpstr>
       <vt:lpstr>40100</vt:lpstr>
       <vt:lpstr>30200</vt:lpstr>
       <vt:lpstr>30300</vt:lpstr>
       <vt:lpstr>30305</vt:lpstr>
       <vt:lpstr>20500</vt:lpstr>
       <vt:lpstr>30340</vt:lpstr>
       <vt:lpstr>30691</vt:lpstr>
       <vt:lpstr>30611</vt:lpstr>
       <vt:lpstr>30617</vt:lpstr>
       <vt:lpstr>30620</vt:lpstr>
       <vt:lpstr>30630</vt:lpstr>
       <vt:lpstr>30680</vt:lpstr>
       <vt:lpstr>30690</vt:lpstr>
       <vt:lpstr>30651</vt:lpstr>
       <vt:lpstr>30654</vt:lpstr>
       <vt:lpstr>30655</vt:lpstr>
       <vt:lpstr>30656</vt:lpstr>
+      <vt:lpstr>30641</vt:lpstr>
       <vt:lpstr>30660</vt:lpstr>
       <vt:lpstr>30923</vt:lpstr>
-      <vt:lpstr>30641</vt:lpstr>
       <vt:lpstr>30921</vt:lpstr>
       <vt:lpstr>30949</vt:lpstr>
       <vt:lpstr>30642</vt:lpstr>
       <vt:lpstr>30400</vt:lpstr>
       <vt:lpstr>30500</vt:lpstr>
       <vt:lpstr>30700</vt:lpstr>
       <vt:lpstr>30780</vt:lpstr>
       <vt:lpstr>30940</vt:lpstr>
       <vt:lpstr>30900</vt:lpstr>
       <vt:lpstr>30930</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Michael Batty</dc:creator>
   <dc:description/>